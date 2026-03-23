--- v0 (2026-02-04)
+++ v1 (2026-03-23)
@@ -9,6388 +9,207 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="112" uniqueCount="112">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5" uniqueCount="5">
   <si>
     <t>№</t>
   </si>
   <si>
-    <t>XXXIV сесія VIII скликання</t>
-[...2 lines deleted...]
-    <t>Славутська міська рада</t>
+    <t>LXXX сесія VII скликання</t>
+  </si>
+  <si>
+    <t>Летичівська селищна рада</t>
   </si>
   <si>
     <t>Результат</t>
   </si>
   <si>
     <t>Голоси</t>
-  </si>
-[...319 lines deleted...]
-    <t>Відсут.: 39</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="6">
+  <cellXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="1" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AI55"/>
+  <dimension ref="A1:H6"/>
   <cols>
     <col min="1" max="1" width="5"/>
     <col min="2" max="2" width="17"/>
     <col min="3" max="3" width="50"/>
     <col min="4" max="4" width="20"/>
     <col min="5" max="5" width="23"/>
     <col min="6" max="6" width="8"/>
-    <col min="7" max="7" width="15"/>
-[...27 lines deleted...]
-    <col min="35" max="35" width="51"/>
+    <col min="7" max="7" width="1"/>
+    <col min="8" max="8" width="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s" s="2">
         <v>0</v>
       </c>
       <c r="B1" t="s" s="3">
         <v>1</v>
       </c>
       <c r="C1" t="s" s="2">
         <v>2</v>
       </c>
       <c r="D1" t="s" s="2">
         <v>3</v>
       </c>
       <c r="E1"/>
       <c r="F1" t="s" s="2">
         <v>4</v>
       </c>
       <c r="G1"/>
       <c r="H1"/>
-      <c r="I1" t="s" s="3">
-[...79 lines deleted...]
-      </c>
     </row>
     <row r="2">
-      <c r="A2">
-[...105 lines deleted...]
-      </c>
+      <c r="A2"/>
+      <c r="B2"/>
+      <c r="C2"/>
+      <c r="D2"/>
+      <c r="E2"/>
+      <c r="F2"/>
+      <c r="G2"/>
+      <c r="H2"/>
     </row>
     <row r="3">
-      <c r="A3">
-[...105 lines deleted...]
-      </c>
+      <c r="A3"/>
+      <c r="B3"/>
+      <c r="C3"/>
+      <c r="D3"/>
+      <c r="E3"/>
+      <c r="F3"/>
+      <c r="G3"/>
+      <c r="H3"/>
     </row>
     <row r="4">
-      <c r="A4">
-[...105 lines deleted...]
-      </c>
+      <c r="A4"/>
+      <c r="B4"/>
+      <c r="C4"/>
+      <c r="D4"/>
+      <c r="E4"/>
+      <c r="F4"/>
+      <c r="G4"/>
+      <c r="H4"/>
     </row>
     <row r="5">
-      <c r="A5">
-[...105 lines deleted...]
-      </c>
+      <c r="A5"/>
+      <c r="B5"/>
+      <c r="C5"/>
+      <c r="D5"/>
+      <c r="E5"/>
+      <c r="F5"/>
+      <c r="G5"/>
+      <c r="H5"/>
     </row>
     <row r="6">
-      <c r="A6">
-[...5356 lines deleted...]
-      </c>
+      <c r="A6"/>
+      <c r="B6"/>
+      <c r="C6"/>
+      <c r="D6"/>
+      <c r="E6"/>
+      <c r="F6"/>
+      <c r="G6"/>
+      <c r="H6"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="D1:E1"/>
     <mergeCell ref="F1:H1"/>
   </mergeCells>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>