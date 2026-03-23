--- v0 (2025-12-13)
+++ v1 (2026-03-23)
@@ -14,54 +14,54 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5" uniqueCount="5">
   <si>
     <t>№</t>
   </si>
   <si>
-    <t> сесія  скликання</t>
-[...2 lines deleted...]
-    <t>ДЕМО  Українська районна рада  Київської області@</t>
+    <t>IX сесія VIII скликання</t>
+  </si>
+  <si>
+    <t>Летичівська селищна рада</t>
   </si>
   <si>
     <t>Результат</t>
   </si>
   <si>
     <t>Голоси</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b/>
     </font>
   </fonts>
   <fills count="2">
     <fill>