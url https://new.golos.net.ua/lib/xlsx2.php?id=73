--- v0 (2025-12-13)
+++ v1 (2026-02-04)
@@ -9,165 +9,4604 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="8" uniqueCount="8">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="70" uniqueCount="70">
   <si>
     <t>uid</t>
   </si>
   <si>
     <t>voteTimestamp</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>type</t>
   </si>
   <si>
     <t>result</t>
   </si>
   <si>
     <t>za</t>
   </si>
   <si>
     <t>prt</t>
   </si>
   <si>
     <t>utr</t>
+  </si>
+  <si>
+    <t>Sydor Vasyl Bohdanovych</t>
+  </si>
+  <si>
+    <t>Bachynskyy Roman Volodymyrovych</t>
+  </si>
+  <si>
+    <t>Bronich Ruslan Volodymyrovych</t>
+  </si>
+  <si>
+    <t>Haliy Yuriy Petrovych</t>
+  </si>
+  <si>
+    <t>Harbaruk Viktor Yakovych</t>
+  </si>
+  <si>
+    <t>Hryhor`yeva Nataliya Valeriyivna</t>
+  </si>
+  <si>
+    <t>Derevenchuk Oksana Mefodiyivna</t>
+  </si>
+  <si>
+    <t>Kazimirov Anatoliy Vasylovych</t>
+  </si>
+  <si>
+    <t>Klymkovetskyy Mykola Oleksandrovych</t>
+  </si>
+  <si>
+    <t>Kovtun Svitlana Volodymyrivna</t>
+  </si>
+  <si>
+    <t>Konchenko Anzhela Antonivna</t>
+  </si>
+  <si>
+    <t>Mazurkevych Oleksandr Stanislavovych</t>
+  </si>
+  <si>
+    <t>Medvedyeva Svitlana Volodymyrivna</t>
+  </si>
+  <si>
+    <t>Muzalevskyy Oleksandr Volodymyrovych</t>
+  </si>
+  <si>
+    <t>Mukomel Lyudmyla Andriyivna</t>
+  </si>
+  <si>
+    <t>Ordynska Yuliya Mykolayivna</t>
+  </si>
+  <si>
+    <t>Ochkur Anatoliy Stepanovych</t>
+  </si>
+  <si>
+    <t>Petruk Andriy Viktorovych</t>
+  </si>
+  <si>
+    <t>Radzyvilyuk Lina Volodymyrivna</t>
+  </si>
+  <si>
+    <t>Sapozhnik Viktor Viktorovych</t>
+  </si>
+  <si>
+    <t>Semenyuk Oksana Serhiyivna</t>
+  </si>
+  <si>
+    <t>Skyba Petro Pavlovych</t>
+  </si>
+  <si>
+    <t>Fedorchuk Svitlana Yosypivna</t>
+  </si>
+  <si>
+    <t>Kushnirov Volodymyr Mykhaylovych</t>
+  </si>
+  <si>
+    <t>Sokolov Hennadiy Edvinovych</t>
+  </si>
+  <si>
+    <t>Stetsyuk Andriy Petrovych</t>
+  </si>
+  <si>
+    <t>Tomkiv Ihor Vasylovych</t>
+  </si>
+  <si>
+    <t>28.06.24  09:19:09</t>
+  </si>
+  <si>
+    <t>ID - 1349,  Про присвоєння звання «Почесний громадянин м. Славути»</t>
+  </si>
+  <si>
+    <t>В цілому</t>
+  </si>
+  <si>
+    <t>ПРИЙНЯТО</t>
+  </si>
+  <si>
+    <t>За</t>
+  </si>
+  <si>
+    <t>Відсут.</t>
+  </si>
+  <si>
+    <t>Не голос.</t>
+  </si>
+  <si>
+    <t>28.06.24  09:20:25</t>
+  </si>
+  <si>
+    <t>ID - 1350,  Про затвердження переліку адміністративних послуг в новій редакції</t>
+  </si>
+  <si>
+    <t>28.06.24  09:21:19</t>
+  </si>
+  <si>
+    <t>28.06.24  09:22:04</t>
+  </si>
+  <si>
+    <t>28.06.24  09:33:19</t>
+  </si>
+  <si>
+    <t>28.06.24  09:34:36</t>
+  </si>
+  <si>
+    <t>28.06.24  09:37:54</t>
+  </si>
+  <si>
+    <t>28.06.24  09:38:37</t>
+  </si>
+  <si>
+    <t>28.06.24  09:40:55</t>
+  </si>
+  <si>
+    <t>28.06.24  09:44:17</t>
+  </si>
+  <si>
+    <t>28.06.24  09:45:30</t>
+  </si>
+  <si>
+    <t>28.06.24  09:46:04</t>
+  </si>
+  <si>
+    <t>28.06.24  09:46:39</t>
+  </si>
+  <si>
+    <t>28.06.24  09:49:35</t>
+  </si>
+  <si>
+    <t>28.06.24  09:50:09</t>
+  </si>
+  <si>
+    <t>28.06.24  09:50:49</t>
+  </si>
+  <si>
+    <t>28.06.24  09:51:41</t>
+  </si>
+  <si>
+    <t>За основу і в цілому</t>
+  </si>
+  <si>
+    <t>28.06.24  09:52:18</t>
+  </si>
+  <si>
+    <t>28.06.24  09:52:50</t>
+  </si>
+  <si>
+    <t>ID - 1381,  Про внесення змін до рішення Славутської міської ради від 29.09.2023 №52-30/2023</t>
+  </si>
+  <si>
+    <t>28.06.24  09:53:21</t>
+  </si>
+  <si>
+    <t>28.06.24  09:54:00</t>
+  </si>
+  <si>
+    <t>28.06.24  09:54:54</t>
+  </si>
+  <si>
+    <t>Утр.</t>
+  </si>
+  <si>
+    <t>28.06.24  09:55:37</t>
+  </si>
+  <si>
+    <t>28.06.24  09:56:17</t>
+  </si>
+  <si>
+    <t>28.06.24  09:58:12</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="3">
+  <cellXfs count="6">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="1" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H1"/>
+  <dimension ref="A1:AI39"/>
   <cols>
     <col min="1" max="1" width="5"/>
     <col min="2" max="2" width="17"/>
     <col min="3" max="3" width="50"/>
     <col min="4" max="4" width="20"/>
     <col min="5" max="5" width="23"/>
     <col min="6" max="6" width="8"/>
-    <col min="7" max="7" width="4"/>
-    <col min="8" max="8" width="4"/>
+    <col min="7" max="7" width="15"/>
+    <col min="8" max="8" width="15"/>
+    <col min="9" max="9" width="15"/>
+    <col min="10" max="10" width="15"/>
+    <col min="11" max="11" width="15"/>
+    <col min="12" max="12" width="15"/>
+    <col min="13" max="13" width="15"/>
+    <col min="14" max="14" width="15"/>
+    <col min="15" max="15" width="15"/>
+    <col min="16" max="16" width="15"/>
+    <col min="17" max="17" width="15"/>
+    <col min="18" max="18" width="15"/>
+    <col min="19" max="19" width="15"/>
+    <col min="20" max="20" width="15"/>
+    <col min="21" max="21" width="15"/>
+    <col min="22" max="22" width="15"/>
+    <col min="23" max="23" width="15"/>
+    <col min="24" max="24" width="15"/>
+    <col min="25" max="25" width="15"/>
+    <col min="26" max="26" width="15"/>
+    <col min="27" max="27" width="15"/>
+    <col min="28" max="28" width="15"/>
+    <col min="29" max="29" width="15"/>
+    <col min="30" max="30" width="15"/>
+    <col min="31" max="31" width="15"/>
+    <col min="32" max="32" width="15"/>
+    <col min="33" max="33" width="15"/>
+    <col min="34" max="34" width="26"/>
+    <col min="35" max="35" width="23"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s" s="2">
         <v>0</v>
       </c>
       <c r="B1" t="s" s="2">
         <v>1</v>
       </c>
       <c r="C1" t="s" s="2">
         <v>2</v>
       </c>
       <c r="D1" t="s" s="2">
         <v>3</v>
       </c>
       <c r="E1" t="s" s="2">
         <v>4</v>
       </c>
       <c r="F1" t="s" s="2">
         <v>5</v>
       </c>
       <c r="G1" t="s" s="2">
         <v>6</v>
       </c>
       <c r="H1" t="s" s="2">
         <v>7</v>
+      </c>
+      <c r="I1" t="s" s="3">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s" s="3">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s" s="3">
+        <v>10</v>
+      </c>
+      <c r="L1" t="s" s="3">
+        <v>11</v>
+      </c>
+      <c r="M1" t="s" s="3">
+        <v>12</v>
+      </c>
+      <c r="N1" t="s" s="3">
+        <v>13</v>
+      </c>
+      <c r="O1" t="s" s="3">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s" s="3">
+        <v>15</v>
+      </c>
+      <c r="Q1" t="s" s="3">
+        <v>16</v>
+      </c>
+      <c r="R1" t="s" s="3">
+        <v>17</v>
+      </c>
+      <c r="S1" t="s" s="3">
+        <v>18</v>
+      </c>
+      <c r="T1" t="s" s="3">
+        <v>19</v>
+      </c>
+      <c r="U1" t="s" s="3">
+        <v>20</v>
+      </c>
+      <c r="V1" t="s" s="3">
+        <v>21</v>
+      </c>
+      <c r="W1" t="s" s="3">
+        <v>22</v>
+      </c>
+      <c r="X1" t="s" s="3">
+        <v>23</v>
+      </c>
+      <c r="Y1" t="s" s="3">
+        <v>24</v>
+      </c>
+      <c r="Z1" t="s" s="3">
+        <v>25</v>
+      </c>
+      <c r="AA1" t="s" s="3">
+        <v>26</v>
+      </c>
+      <c r="AB1" t="s" s="3">
+        <v>27</v>
+      </c>
+      <c r="AC1" t="s" s="3">
+        <v>28</v>
+      </c>
+      <c r="AD1" t="s" s="3">
+        <v>29</v>
+      </c>
+      <c r="AE1" t="s" s="3">
+        <v>30</v>
+      </c>
+      <c r="AF1" t="s" s="3">
+        <v>31</v>
+      </c>
+      <c r="AG1" t="s" s="3">
+        <v>32</v>
+      </c>
+      <c r="AH1" t="s" s="3">
+        <v>33</v>
+      </c>
+      <c r="AI1" t="s" s="3">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2">
+        <v>1</v>
+      </c>
+      <c r="B2" t="s">
+        <v>35</v>
+      </c>
+      <c r="C2" t="s" s="4">
+        <v>36</v>
+      </c>
+      <c r="D2" t="s">
+        <v>37</v>
+      </c>
+      <c r="E2" t="s">
+        <v>38</v>
+      </c>
+      <c r="F2">
+        <v>17</v>
+      </c>
+      <c r="G2">
+        <v>0</v>
+      </c>
+      <c r="H2">
+        <v>0</v>
+      </c>
+      <c r="I2" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="J2" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="K2" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="L2" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="M2" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="N2" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="O2" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="P2" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Q2" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="R2" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="S2" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="T2" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="U2" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="V2" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="W2" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="X2" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Y2" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Z2" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AA2" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AB2" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AC2" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AD2" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AE2" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AF2" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AG2" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AH2" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AI2" t="s" s="5">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3">
+        <v>2</v>
+      </c>
+      <c r="B3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C3" t="s" s="4">
+        <v>43</v>
+      </c>
+      <c r="D3" t="s">
+        <v>37</v>
+      </c>
+      <c r="E3" t="s">
+        <v>38</v>
+      </c>
+      <c r="F3">
+        <v>17</v>
+      </c>
+      <c r="G3">
+        <v>0</v>
+      </c>
+      <c r="H3">
+        <v>0</v>
+      </c>
+      <c r="I3" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="J3" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="K3" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="L3" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="M3" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="N3" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="O3" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Q3" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="R3" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="S3" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="T3" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="U3" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="V3" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="W3" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="X3" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Y3" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Z3" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AA3" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AB3" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AC3" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AD3" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AE3" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AF3" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AG3" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AH3" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AI3" t="s" s="5">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4">
+        <v>3</v>
+      </c>
+      <c r="B4" t="s">
+        <v>44</v>
+      </c>
+      <c r="C4" t="inlineStr" s="4">
+        <is>
+          <t>ID - 1351,  Про затвердження статуту Славутського ліцею Славутської міської ради в новій редакції</t>
+        </is>
+      </c>
+      <c r="D4" t="s">
+        <v>37</v>
+      </c>
+      <c r="E4" t="s">
+        <v>38</v>
+      </c>
+      <c r="F4">
+        <v>18</v>
+      </c>
+      <c r="G4">
+        <v>0</v>
+      </c>
+      <c r="H4">
+        <v>0</v>
+      </c>
+      <c r="I4" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="J4" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="K4" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="L4" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="M4" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="N4" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="O4" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="P4" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Q4" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="R4" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="S4" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="T4" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="U4" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="V4" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="W4" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="X4" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Y4" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Z4" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AA4" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AB4" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AC4" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AD4" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AE4" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AF4" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AG4" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AH4" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AI4" t="s" s="5">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5">
+        <v>4</v>
+      </c>
+      <c r="B5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" t="inlineStr" s="4">
+        <is>
+          <t>ID - 1352,  Про внесення змін до Програми заходів національного спротиву Славутської міської територіальної громади на 2023 – 2024 роки, затвердженої рішенням Славутської міської ради від 24.03.2023 року</t>
+        </is>
+      </c>
+      <c r="D5" t="s">
+        <v>37</v>
+      </c>
+      <c r="E5" t="s">
+        <v>38</v>
+      </c>
+      <c r="F5">
+        <v>18</v>
+      </c>
+      <c r="G5">
+        <v>0</v>
+      </c>
+      <c r="H5">
+        <v>0</v>
+      </c>
+      <c r="I5" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="J5" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="K5" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="L5" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="M5" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="N5" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="O5" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="P5" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Q5" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="R5" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="S5" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="T5" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="U5" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="V5" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="W5" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="X5" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Y5" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Z5" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AA5" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AB5" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AC5" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AD5" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AE5" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AF5" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AG5" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AH5" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AI5" t="s" s="5">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6">
+        <v>5</v>
+      </c>
+      <c r="B6" t="s">
+        <v>46</v>
+      </c>
+      <c r="C6" t="inlineStr" s="4">
+        <is>
+          <t>ID - 1353,  Про внесення змін до Бюджету Славутської міської територіальної громади на 2024 рік</t>
+        </is>
+      </c>
+      <c r="D6" t="s">
+        <v>37</v>
+      </c>
+      <c r="E6" t="s">
+        <v>38</v>
+      </c>
+      <c r="F6">
+        <v>18</v>
+      </c>
+      <c r="G6">
+        <v>0</v>
+      </c>
+      <c r="H6">
+        <v>0</v>
+      </c>
+      <c r="I6" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="J6" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="K6" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="L6" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="M6" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="N6" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="O6" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="P6" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Q6" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="R6" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="S6" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="T6" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="U6" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="V6" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="W6" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="X6" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Y6" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Z6" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AA6" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AB6" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AC6" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AD6" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AE6" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AF6" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AG6" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AH6" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AI6" t="s" s="5">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7">
+        <v>6</v>
+      </c>
+      <c r="B7" t="s">
+        <v>47</v>
+      </c>
+      <c r="C7" t="inlineStr" s="4">
+        <is>
+          <t>ID - 1354,  Про розгляд звернення АТ «Укрзалізниця» щодо встановлення мінімальної ставки земельного податку на 2025 рік</t>
+        </is>
+      </c>
+      <c r="D7" t="s">
+        <v>37</v>
+      </c>
+      <c r="E7" t="s">
+        <v>38</v>
+      </c>
+      <c r="F7">
+        <v>18</v>
+      </c>
+      <c r="G7">
+        <v>0</v>
+      </c>
+      <c r="H7">
+        <v>0</v>
+      </c>
+      <c r="I7" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="J7" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="K7" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="L7" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="M7" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="N7" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="O7" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="P7" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Q7" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="R7" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="S7" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="T7" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="U7" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="V7" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="W7" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="X7" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Y7" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Z7" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AA7" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AB7" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AC7" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AD7" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AE7" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AF7" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AG7" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AH7" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AI7" t="s" s="5">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8">
+        <v>7</v>
+      </c>
+      <c r="B8" t="s">
+        <v>48</v>
+      </c>
+      <c r="C8" t="inlineStr" s="4">
+        <is>
+          <t>ID - 1355,  Про розгляд звернення Головного управління національної поліції в Хмельницькій області щодо надання пільги на 2025 рік по сплаті земельного податку</t>
+        </is>
+      </c>
+      <c r="D8" t="s">
+        <v>37</v>
+      </c>
+      <c r="E8" t="s">
+        <v>38</v>
+      </c>
+      <c r="F8">
+        <v>18</v>
+      </c>
+      <c r="G8">
+        <v>0</v>
+      </c>
+      <c r="H8">
+        <v>0</v>
+      </c>
+      <c r="I8" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="J8" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="K8" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="L8" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="M8" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="N8" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="O8" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="P8" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Q8" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="R8" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="S8" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="T8" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="U8" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="V8" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="W8" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="X8" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Y8" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Z8" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AA8" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AB8" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AC8" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AD8" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AE8" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AF8" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AG8" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AH8" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AI8" t="s" s="5">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9">
+        <v>8</v>
+      </c>
+      <c r="B9" t="s">
+        <v>49</v>
+      </c>
+      <c r="C9" t="inlineStr" s="4">
+        <is>
+          <t>ID - 1356,  Про затвердження розпорядження від 10.06.2024 р. №100/2024-р/ад «Про передачу у державну власність засобу зв`язку глобальної системи супутникового зв`язку «Starlink»</t>
+        </is>
+      </c>
+      <c r="D9" t="s">
+        <v>37</v>
+      </c>
+      <c r="E9" t="s">
+        <v>38</v>
+      </c>
+      <c r="F9">
+        <v>18</v>
+      </c>
+      <c r="G9">
+        <v>0</v>
+      </c>
+      <c r="H9">
+        <v>0</v>
+      </c>
+      <c r="I9" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="J9" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="K9" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="L9" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="M9" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="N9" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="O9" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="P9" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Q9" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="R9" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="S9" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="T9" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="U9" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="V9" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="W9" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="X9" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Y9" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Z9" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AA9" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AB9" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AC9" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AD9" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AE9" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AF9" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AG9" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AH9" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AI9" t="s" s="5">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10">
+        <v>9</v>
+      </c>
+      <c r="B10" t="s">
+        <v>50</v>
+      </c>
+      <c r="C10" t="inlineStr" s="4">
+        <is>
+          <t>ID - 1357,  Про розгляд заяви ФОП Юлії НОВОСЕЛЕЦЬКОЇ щодо надання в тимчасове користування окремого елементу благоустрою комунальної власності Славутської міської територіальної громади для</t>
+        </is>
+      </c>
+      <c r="D10" t="s">
+        <v>37</v>
+      </c>
+      <c r="E10" t="s">
+        <v>38</v>
+      </c>
+      <c r="F10">
+        <v>18</v>
+      </c>
+      <c r="G10">
+        <v>0</v>
+      </c>
+      <c r="H10">
+        <v>0</v>
+      </c>
+      <c r="I10" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="J10" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="K10" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="L10" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="M10" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="N10" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="O10" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="P10" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Q10" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="R10" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="S10" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="T10" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="U10" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="V10" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="W10" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="X10" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Y10" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Z10" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AA10" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AB10" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AC10" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AD10" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AE10" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AF10" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AG10" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AH10" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AI10" t="s" s="5">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11">
+        <v>10</v>
+      </c>
+      <c r="B11" t="s">
+        <v>51</v>
+      </c>
+      <c r="C11" t="inlineStr" s="4">
+        <is>
+          <t>ID - 1358,  Про розгляд заяви ФОП Богдана МІХОДУЯ інтереси якого представляє Марина НІКІТЮК щодо надання в тимчасове користування окремого елементу благоустрою комунальної власності Славутської</t>
+        </is>
+      </c>
+      <c r="D11" t="s">
+        <v>37</v>
+      </c>
+      <c r="E11" t="s">
+        <v>38</v>
+      </c>
+      <c r="F11">
+        <v>17</v>
+      </c>
+      <c r="G11">
+        <v>0</v>
+      </c>
+      <c r="H11">
+        <v>0</v>
+      </c>
+      <c r="I11" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="J11" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="K11" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="L11" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="M11" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="N11" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="O11" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="P11" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Q11" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="R11" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="S11" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="T11" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="U11" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="V11" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="W11" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="X11" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Y11" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Z11" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AA11" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AB11" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AC11" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AD11" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AE11" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AF11" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AG11" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AH11" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AI11" t="s" s="5">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12">
+        <v>11</v>
+      </c>
+      <c r="B12" t="s">
+        <v>52</v>
+      </c>
+      <c r="C12" t="inlineStr" s="4">
+        <is>
+          <t>ID - 1359,  Про розгляд звіту Славутського ліцею Славутської міської ради про списання комунального майна</t>
+        </is>
+      </c>
+      <c r="D12" t="s">
+        <v>37</v>
+      </c>
+      <c r="E12" t="s">
+        <v>38</v>
+      </c>
+      <c r="F12">
+        <v>17</v>
+      </c>
+      <c r="G12">
+        <v>0</v>
+      </c>
+      <c r="H12">
+        <v>0</v>
+      </c>
+      <c r="I12" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="J12" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="K12" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="L12" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="M12" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="N12" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="O12" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="P12" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Q12" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="R12" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="S12" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="T12" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="U12" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="V12" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="W12" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="X12" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Y12" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Z12" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AA12" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AB12" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AC12" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AD12" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AE12" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AF12" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AG12" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AH12" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AI12" t="s" s="5">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13">
+        <v>12</v>
+      </c>
+      <c r="B13" t="s">
+        <v>53</v>
+      </c>
+      <c r="C13" t="inlineStr" s="4">
+        <is>
+          <t>ID - 1360,  Про приватизацію об’єкта комунальної власності Славутської міської територіальної громади: приміщення №30 на вул. Соборності, 26 в м. Славуті</t>
+        </is>
+      </c>
+      <c r="D13" t="s">
+        <v>37</v>
+      </c>
+      <c r="E13" t="s">
+        <v>38</v>
+      </c>
+      <c r="F13">
+        <v>18</v>
+      </c>
+      <c r="G13">
+        <v>0</v>
+      </c>
+      <c r="H13">
+        <v>0</v>
+      </c>
+      <c r="I13" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="J13" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="K13" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="L13" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="M13" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="N13" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="O13" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="P13" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Q13" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="R13" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="S13" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="T13" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="U13" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="V13" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="W13" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="X13" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Y13" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Z13" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AA13" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AB13" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AC13" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AD13" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AE13" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AF13" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AG13" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AH13" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AI13" t="s" s="5">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14">
+        <v>13</v>
+      </c>
+      <c r="B14" t="s">
+        <v>54</v>
+      </c>
+      <c r="C14" t="inlineStr" s="4">
+        <is>
+          <t>ID - 1361,  Про створення аукціонної комісії для продажу об’єктів малої приватизації комунальної власності Славутської міської територіальної громади</t>
+        </is>
+      </c>
+      <c r="D14" t="s">
+        <v>37</v>
+      </c>
+      <c r="E14" t="s">
+        <v>38</v>
+      </c>
+      <c r="F14">
+        <v>17</v>
+      </c>
+      <c r="G14">
+        <v>0</v>
+      </c>
+      <c r="H14">
+        <v>0</v>
+      </c>
+      <c r="I14" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="J14" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="K14" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="L14" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="M14" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="N14" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="O14" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="P14" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Q14" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="R14" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="S14" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="T14" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="U14" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="V14" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="W14" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="X14" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Y14" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Z14" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AA14" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AB14" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AC14" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AD14" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AE14" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AF14" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AG14" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AH14" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AI14" t="s" s="5">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15">
+        <v>14</v>
+      </c>
+      <c r="B15" t="s">
+        <v>55</v>
+      </c>
+      <c r="C15" t="inlineStr" s="4">
+        <is>
+          <t>ID - 1362,  Про закріплення комунального майна на праві оперативного управління за Управлінням освіти виконавчого комітету Славутської міської ради</t>
+        </is>
+      </c>
+      <c r="D15" t="s">
+        <v>37</v>
+      </c>
+      <c r="E15" t="s">
+        <v>38</v>
+      </c>
+      <c r="F15">
+        <v>18</v>
+      </c>
+      <c r="G15">
+        <v>0</v>
+      </c>
+      <c r="H15">
+        <v>0</v>
+      </c>
+      <c r="I15" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="J15" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="K15" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="L15" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="M15" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="N15" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="O15" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="P15" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Q15" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="R15" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="S15" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="T15" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="U15" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="V15" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="W15" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="X15" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Y15" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Z15" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AA15" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AB15" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AC15" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AD15" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AE15" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AF15" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AG15" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AH15" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AI15" t="s" s="5">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16">
+        <v>15</v>
+      </c>
+      <c r="B16" t="s">
+        <v>56</v>
+      </c>
+      <c r="C16" t="inlineStr" s="4">
+        <is>
+          <t>ID - 1363,  Про передачу комунального майна в управління Комунальному підприємству «Славутське житлово-комунальне об`єднання»</t>
+        </is>
+      </c>
+      <c r="D16" t="s">
+        <v>37</v>
+      </c>
+      <c r="E16" t="s">
+        <v>38</v>
+      </c>
+      <c r="F16">
+        <v>18</v>
+      </c>
+      <c r="G16">
+        <v>0</v>
+      </c>
+      <c r="H16">
+        <v>0</v>
+      </c>
+      <c r="I16" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="J16" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="K16" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="L16" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="M16" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="N16" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="O16" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="P16" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Q16" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="R16" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="S16" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="T16" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="U16" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="V16" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="W16" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="X16" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Y16" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Z16" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AA16" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AB16" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AC16" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AD16" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AE16" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AF16" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AG16" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AH16" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AI16" t="s" s="5">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17">
+        <v>16</v>
+      </c>
+      <c r="B17" t="s">
+        <v>57</v>
+      </c>
+      <c r="C17" t="inlineStr" s="4">
+        <is>
+          <t>ID - 1364,  Про розгляд клопотання директора Славутської гімназії №7 Славутської міської ради Олександра ПАЛІЯ про надання згоди на списання комунального майна</t>
+        </is>
+      </c>
+      <c r="D17" t="s">
+        <v>37</v>
+      </c>
+      <c r="E17" t="s">
+        <v>38</v>
+      </c>
+      <c r="F17">
+        <v>18</v>
+      </c>
+      <c r="G17">
+        <v>0</v>
+      </c>
+      <c r="H17">
+        <v>0</v>
+      </c>
+      <c r="I17" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="J17" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="K17" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="L17" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="M17" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="N17" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="O17" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="P17" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Q17" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="R17" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="S17" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="T17" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="U17" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="V17" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="W17" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="X17" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Y17" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Z17" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AA17" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AB17" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AC17" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AD17" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AE17" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AF17" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AG17" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AH17" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AI17" t="s" s="5">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18">
+        <v>17</v>
+      </c>
+      <c r="B18" t="s">
+        <v>58</v>
+      </c>
+      <c r="C18" t="inlineStr" s="4">
+        <is>
+          <t>ID - 1366,  Про розгляд заяви ГОРДИКА Дмитра Володимировича щодо затвердження технічної документації із землеустрою щодо встановлення (відновлення) меж земельної ділянки в натурі (на місцевості) та</t>
+        </is>
+      </c>
+      <c r="D18" t="s">
+        <v>59</v>
+      </c>
+      <c r="E18" t="s">
+        <v>38</v>
+      </c>
+      <c r="F18">
+        <v>17</v>
+      </c>
+      <c r="G18">
+        <v>0</v>
+      </c>
+      <c r="H18">
+        <v>0</v>
+      </c>
+      <c r="I18" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="J18" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="K18" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="L18" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="M18" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="N18" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="O18" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="P18" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Q18" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="R18" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="S18" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="T18" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="U18" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="V18" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="W18" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="X18" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Y18" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Z18" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AA18" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AB18" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AC18" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AD18" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AE18" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AF18" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AG18" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AH18" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AI18" t="s" s="5">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19">
+        <v>18</v>
+      </c>
+      <c r="B19" t="s">
+        <v>58</v>
+      </c>
+      <c r="C19" t="inlineStr" s="4">
+        <is>
+          <t>ID - 1367,  Про розгляд заяви ДЗЮБИ Надії Василівни щодо затвердження технічної документації із землеустрою щодо встановлення (відновлення) меж земельної ділянки в натурі (на місцевості) та передачу</t>
+        </is>
+      </c>
+      <c r="D19" t="s">
+        <v>59</v>
+      </c>
+      <c r="E19" t="s">
+        <v>38</v>
+      </c>
+      <c r="F19">
+        <v>17</v>
+      </c>
+      <c r="G19">
+        <v>0</v>
+      </c>
+      <c r="H19">
+        <v>0</v>
+      </c>
+      <c r="I19" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="J19" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="K19" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="L19" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="M19" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="N19" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="O19" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="P19" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Q19" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="R19" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="S19" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="T19" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="U19" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="V19" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="W19" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="X19" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Y19" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Z19" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AA19" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AB19" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AC19" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AD19" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AE19" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AF19" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AG19" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AH19" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AI19" t="s" s="5">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20">
+        <v>19</v>
+      </c>
+      <c r="B20" t="s">
+        <v>58</v>
+      </c>
+      <c r="C20" t="inlineStr" s="4">
+        <is>
+          <t>ID - 1368,  Про розгляд заяви ЛАРІЧЕВА Вадима Анатолійовича щодо затвердження технічної документації із землеустрою щодо встановлення (відновлення) меж земельної ділянки в натурі (на місцевості) та</t>
+        </is>
+      </c>
+      <c r="D20" t="s">
+        <v>59</v>
+      </c>
+      <c r="E20" t="s">
+        <v>38</v>
+      </c>
+      <c r="F20">
+        <v>17</v>
+      </c>
+      <c r="G20">
+        <v>0</v>
+      </c>
+      <c r="H20">
+        <v>0</v>
+      </c>
+      <c r="I20" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="J20" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="K20" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="L20" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="M20" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="N20" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="O20" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="P20" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Q20" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="R20" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="S20" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="T20" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="U20" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="V20" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="W20" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="X20" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Y20" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Z20" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AA20" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AB20" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AC20" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AD20" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AE20" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AF20" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AG20" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AH20" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AI20" t="s" s="5">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21">
+        <v>20</v>
+      </c>
+      <c r="B21" t="s">
+        <v>58</v>
+      </c>
+      <c r="C21" t="inlineStr" s="4">
+        <is>
+          <t>ID - 1369,  Про розгляд заяви ТЕРПИЛОВСЬКОГО Віктора Едуардовича щодо затвердження технічної документації із землеустрою щодо встановлення (відновлення) меж земельної ділянки в натурі (на місцевості)</t>
+        </is>
+      </c>
+      <c r="D21" t="s">
+        <v>59</v>
+      </c>
+      <c r="E21" t="s">
+        <v>38</v>
+      </c>
+      <c r="F21">
+        <v>17</v>
+      </c>
+      <c r="G21">
+        <v>0</v>
+      </c>
+      <c r="H21">
+        <v>0</v>
+      </c>
+      <c r="I21" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="J21" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="K21" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="L21" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="M21" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="N21" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="O21" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="P21" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Q21" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="R21" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="S21" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="T21" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="U21" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="V21" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="W21" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="X21" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Y21" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Z21" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AA21" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AB21" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AC21" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AD21" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AE21" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AF21" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AG21" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AH21" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AI21" t="s" s="5">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22">
+        <v>21</v>
+      </c>
+      <c r="B22" t="s">
+        <v>58</v>
+      </c>
+      <c r="C22" t="inlineStr" s="4">
+        <is>
+          <t>ID - 1370,  Про розгляд заяви СТЕПАНЮКА Миколи Івановича щодо затвердження технічної документації із землеустрою щодо встановлення (відновлення) меж земельної ділянки в натурі (на місцевості) та</t>
+        </is>
+      </c>
+      <c r="D22" t="s">
+        <v>59</v>
+      </c>
+      <c r="E22" t="s">
+        <v>38</v>
+      </c>
+      <c r="F22">
+        <v>17</v>
+      </c>
+      <c r="G22">
+        <v>0</v>
+      </c>
+      <c r="H22">
+        <v>0</v>
+      </c>
+      <c r="I22" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="J22" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="K22" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="L22" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="M22" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="N22" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="O22" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="P22" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Q22" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="R22" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="S22" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="T22" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="U22" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="V22" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="W22" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="X22" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Y22" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Z22" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AA22" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AB22" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AC22" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AD22" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AE22" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AF22" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AG22" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AH22" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AI22" t="s" s="5">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23">
+        <v>22</v>
+      </c>
+      <c r="B23" t="s">
+        <v>58</v>
+      </c>
+      <c r="C23" t="inlineStr" s="4">
+        <is>
+          <t>ID - 1371,  Про розгляд заяви ПАЛАМАРЧУКА Василя Володимировича щодо затвердження технічної документації із землеустрою щодо встановлення (відновлення) меж земельної ділянки в натурі (на місцевості)</t>
+        </is>
+      </c>
+      <c r="D23" t="s">
+        <v>59</v>
+      </c>
+      <c r="E23" t="s">
+        <v>38</v>
+      </c>
+      <c r="F23">
+        <v>17</v>
+      </c>
+      <c r="G23">
+        <v>0</v>
+      </c>
+      <c r="H23">
+        <v>0</v>
+      </c>
+      <c r="I23" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="J23" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="K23" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="L23" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="M23" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="N23" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="O23" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="P23" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Q23" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="R23" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="S23" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="T23" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="U23" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="V23" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="W23" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="X23" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Y23" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Z23" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AA23" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AB23" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AC23" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AD23" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AE23" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AF23" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AG23" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AH23" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AI23" t="s" s="5">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24">
+        <v>23</v>
+      </c>
+      <c r="B24" t="s">
+        <v>58</v>
+      </c>
+      <c r="C24" t="inlineStr" s="4">
+        <is>
+          <t>ID - 1372,  Про розгляд заяви ЄСЕНКОВОЇ Лесі Степанівни щодо затвердження технічної документації із землеустрою щодо встановлення (відновлення) меж земельної ділянки в натурі (на місцевості) та</t>
+        </is>
+      </c>
+      <c r="D24" t="s">
+        <v>59</v>
+      </c>
+      <c r="E24" t="s">
+        <v>38</v>
+      </c>
+      <c r="F24">
+        <v>17</v>
+      </c>
+      <c r="G24">
+        <v>0</v>
+      </c>
+      <c r="H24">
+        <v>0</v>
+      </c>
+      <c r="I24" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="J24" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="K24" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="L24" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="M24" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="N24" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="O24" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="P24" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Q24" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="R24" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="S24" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="T24" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="U24" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="V24" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="W24" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="X24" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Y24" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Z24" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AA24" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AB24" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AC24" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AD24" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AE24" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AF24" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AG24" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AH24" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AI24" t="s" s="5">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25">
+        <v>24</v>
+      </c>
+      <c r="B25" t="s">
+        <v>58</v>
+      </c>
+      <c r="C25" t="inlineStr" s="4">
+        <is>
+          <t>ID - 1373,  Про розгляд заяви ПІГОЛЬ Оксани Петрівни, ЧЕРЕПКО Василя Петровича, інтереси якого представляє опікун ПІГОЛЬ Оксана Петрівна щодо затвердження технічної документації із землеустрою щодо</t>
+        </is>
+      </c>
+      <c r="D25" t="s">
+        <v>59</v>
+      </c>
+      <c r="E25" t="s">
+        <v>38</v>
+      </c>
+      <c r="F25">
+        <v>17</v>
+      </c>
+      <c r="G25">
+        <v>0</v>
+      </c>
+      <c r="H25">
+        <v>0</v>
+      </c>
+      <c r="I25" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="J25" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="K25" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="L25" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="M25" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="N25" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="O25" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="P25" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Q25" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="R25" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="S25" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="T25" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="U25" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="V25" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="W25" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="X25" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Y25" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Z25" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AA25" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AB25" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AC25" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AD25" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AE25" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AF25" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AG25" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AH25" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AI25" t="s" s="5">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26">
+        <v>25</v>
+      </c>
+      <c r="B26" t="s">
+        <v>58</v>
+      </c>
+      <c r="C26" t="inlineStr" s="4">
+        <is>
+          <t>ID - 1374,  Про розгляд заяви КОНЧЕНКО Ольги Федорівни щодо затвердження технічної документації із землеустрою щодо встановлення (відновлення) меж земельної ділянки в натурі (на місцевості) та</t>
+        </is>
+      </c>
+      <c r="D26" t="s">
+        <v>59</v>
+      </c>
+      <c r="E26" t="s">
+        <v>38</v>
+      </c>
+      <c r="F26">
+        <v>17</v>
+      </c>
+      <c r="G26">
+        <v>0</v>
+      </c>
+      <c r="H26">
+        <v>0</v>
+      </c>
+      <c r="I26" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="J26" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="K26" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="L26" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="M26" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="N26" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="O26" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="P26" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Q26" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="R26" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="S26" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="T26" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="U26" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="V26" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="W26" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="X26" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Y26" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Z26" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AA26" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AB26" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AC26" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AD26" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AE26" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AF26" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AG26" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AH26" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AI26" t="s" s="5">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27">
+        <v>26</v>
+      </c>
+      <c r="B27" t="s">
+        <v>58</v>
+      </c>
+      <c r="C27" t="inlineStr" s="4">
+        <is>
+          <t>ID - 1375,  Про розгляд заяви БРОДЮКА Олексія Івановича щодо затвердження технічної документації із землеустрою щодо встановлення (відновлення) меж земельної ділянки в натурі (на місцевості) та</t>
+        </is>
+      </c>
+      <c r="D27" t="s">
+        <v>59</v>
+      </c>
+      <c r="E27" t="s">
+        <v>38</v>
+      </c>
+      <c r="F27">
+        <v>17</v>
+      </c>
+      <c r="G27">
+        <v>0</v>
+      </c>
+      <c r="H27">
+        <v>0</v>
+      </c>
+      <c r="I27" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="J27" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="K27" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="L27" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="M27" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="N27" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="O27" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="P27" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Q27" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="R27" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="S27" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="T27" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="U27" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="V27" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="W27" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="X27" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Y27" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Z27" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AA27" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AB27" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AC27" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AD27" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AE27" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AF27" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AG27" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AH27" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AI27" t="s" s="5">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28">
+        <v>27</v>
+      </c>
+      <c r="B28" t="s">
+        <v>58</v>
+      </c>
+      <c r="C28" t="inlineStr" s="4">
+        <is>
+          <t>ID - 1376,  Про розгляд заяви МАТВІЙЧУК Катерини Федотівни щодо затвердження технічної документації із землеустрою щодо встановлення (відновлення) меж земельної ділянки в натурі (на місцевості) та</t>
+        </is>
+      </c>
+      <c r="D28" t="s">
+        <v>59</v>
+      </c>
+      <c r="E28" t="s">
+        <v>38</v>
+      </c>
+      <c r="F28">
+        <v>17</v>
+      </c>
+      <c r="G28">
+        <v>0</v>
+      </c>
+      <c r="H28">
+        <v>0</v>
+      </c>
+      <c r="I28" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="J28" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="K28" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="L28" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="M28" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="N28" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="O28" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="P28" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Q28" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="R28" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="S28" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="T28" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="U28" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="V28" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="W28" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="X28" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Y28" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Z28" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AA28" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AB28" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AC28" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AD28" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AE28" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AF28" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AG28" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AH28" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AI28" t="s" s="5">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29">
+        <v>28</v>
+      </c>
+      <c r="B29" t="s">
+        <v>58</v>
+      </c>
+      <c r="C29" t="inlineStr" s="4">
+        <is>
+          <t>ID - 1377,  Про розгляд заяви ФЕДОРЧУК Катерини Спиридонівни щодо затвердження технічної документації із землеустрою щодо встановлення (відновлення) меж земельної ділянки в натурі (на місцевості) та</t>
+        </is>
+      </c>
+      <c r="D29" t="s">
+        <v>59</v>
+      </c>
+      <c r="E29" t="s">
+        <v>38</v>
+      </c>
+      <c r="F29">
+        <v>17</v>
+      </c>
+      <c r="G29">
+        <v>0</v>
+      </c>
+      <c r="H29">
+        <v>0</v>
+      </c>
+      <c r="I29" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="J29" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="K29" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="L29" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="M29" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="N29" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="O29" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="P29" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Q29" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="R29" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="S29" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="T29" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="U29" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="V29" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="W29" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="X29" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Y29" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Z29" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AA29" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AB29" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AC29" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AD29" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AE29" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AF29" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AG29" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AH29" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AI29" t="s" s="5">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30">
+        <v>29</v>
+      </c>
+      <c r="B30" t="s">
+        <v>58</v>
+      </c>
+      <c r="C30" t="inlineStr" s="4">
+        <is>
+          <t>ID - 1378,  Про розгляд заяви КОНЧЕНКО Лідія Михайлівна щодо затвердження технічної документації із землеустрою щодо встановлення (відновлення) меж земельної ділянки в натурі (на місцевості) та</t>
+        </is>
+      </c>
+      <c r="D30" t="s">
+        <v>59</v>
+      </c>
+      <c r="E30" t="s">
+        <v>38</v>
+      </c>
+      <c r="F30">
+        <v>17</v>
+      </c>
+      <c r="G30">
+        <v>0</v>
+      </c>
+      <c r="H30">
+        <v>0</v>
+      </c>
+      <c r="I30" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="J30" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="K30" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="L30" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="M30" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="N30" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="O30" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="P30" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Q30" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="R30" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="S30" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="T30" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="U30" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="V30" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="W30" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="X30" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Y30" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Z30" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AA30" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AB30" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AC30" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AD30" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AE30" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AF30" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AG30" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AH30" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AI30" t="s" s="5">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31">
+        <v>30</v>
+      </c>
+      <c r="B31" t="s">
+        <v>58</v>
+      </c>
+      <c r="C31" t="inlineStr" s="4">
+        <is>
+          <t>ID - 1379,  Про розгляд заяви ФЕДОРЧУКА Юрія Михайловича, ФЕДОРЧУК Галини Анатоліївни щодо затвердження технічної документації із землеустрою щодо встановлення (відновлення) меж земельної ділянки в</t>
+        </is>
+      </c>
+      <c r="D31" t="s">
+        <v>59</v>
+      </c>
+      <c r="E31" t="s">
+        <v>38</v>
+      </c>
+      <c r="F31">
+        <v>17</v>
+      </c>
+      <c r="G31">
+        <v>0</v>
+      </c>
+      <c r="H31">
+        <v>0</v>
+      </c>
+      <c r="I31" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="J31" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="K31" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="L31" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="M31" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="N31" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="O31" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="P31" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Q31" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="R31" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="S31" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="T31" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="U31" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="V31" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="W31" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="X31" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Y31" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Z31" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AA31" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AB31" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AC31" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AD31" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AE31" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AF31" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AG31" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AH31" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AI31" t="s" s="5">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32">
+        <v>31</v>
+      </c>
+      <c r="B32" t="s">
+        <v>60</v>
+      </c>
+      <c r="C32" t="inlineStr" s="4">
+        <is>
+          <t>ID - 1380,  Про розгляд заяви ХАРЛАМОВА Миколи Вікторовича щодо затвердження технічної документації із землеустрою щодо встановлення (відновлення) меж земельної ділянки в натурі (на місцевості) та</t>
+        </is>
+      </c>
+      <c r="D32" t="s">
+        <v>37</v>
+      </c>
+      <c r="E32" t="s">
+        <v>38</v>
+      </c>
+      <c r="F32">
+        <v>18</v>
+      </c>
+      <c r="G32">
+        <v>0</v>
+      </c>
+      <c r="H32">
+        <v>0</v>
+      </c>
+      <c r="I32" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="J32" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="K32" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="L32" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="M32" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="N32" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="O32" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="P32" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Q32" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="R32" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="S32" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="T32" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="U32" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="V32" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="W32" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="X32" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Y32" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Z32" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AA32" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AB32" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AC32" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AD32" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AE32" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AF32" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AG32" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AH32" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AI32" t="s" s="5">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33">
+        <v>32</v>
+      </c>
+      <c r="B33" t="s">
+        <v>61</v>
+      </c>
+      <c r="C33" t="s" s="4">
+        <v>62</v>
+      </c>
+      <c r="D33" t="s">
+        <v>37</v>
+      </c>
+      <c r="E33" t="s">
+        <v>38</v>
+      </c>
+      <c r="F33">
+        <v>18</v>
+      </c>
+      <c r="G33">
+        <v>0</v>
+      </c>
+      <c r="H33">
+        <v>0</v>
+      </c>
+      <c r="I33" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="J33" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="K33" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="L33" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="M33" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="N33" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="O33" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="P33" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Q33" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="R33" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="S33" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="T33" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="U33" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="V33" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="W33" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="X33" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Y33" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Z33" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AA33" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AB33" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AC33" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AD33" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AE33" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AF33" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AG33" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AH33" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AI33" t="s" s="5">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34">
+        <v>33</v>
+      </c>
+      <c r="B34" t="s">
+        <v>63</v>
+      </c>
+      <c r="C34" t="inlineStr" s="4">
+        <is>
+          <t>ID - 1382,  Про передачу земельної ділянки з кадастровим номером: 6810600000:02:007:0136 по вул. Миру, 20 в м. Славута з комунальної власності в державну власність</t>
+        </is>
+      </c>
+      <c r="D34" t="s">
+        <v>37</v>
+      </c>
+      <c r="E34" t="s">
+        <v>38</v>
+      </c>
+      <c r="F34">
+        <v>18</v>
+      </c>
+      <c r="G34">
+        <v>0</v>
+      </c>
+      <c r="H34">
+        <v>0</v>
+      </c>
+      <c r="I34" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="J34" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="K34" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="L34" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="M34" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="N34" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="O34" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="P34" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Q34" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="R34" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="S34" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="T34" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="U34" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="V34" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="W34" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="X34" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Y34" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Z34" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AA34" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AB34" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AC34" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AD34" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AE34" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AF34" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AG34" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AH34" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AI34" t="s" s="5">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35">
+        <v>34</v>
+      </c>
+      <c r="B35" t="s">
+        <v>64</v>
+      </c>
+      <c r="C35" t="inlineStr" s="4">
+        <is>
+          <t>ID - 1383,  Про розгляд заяви ХМІЛЯР Ірини Йосафатівни щодо надання дозволу на виготовлення технічної документації із землеустрою щодо встановлення (відновлення) меж земельної ділянки в натурі (на</t>
+        </is>
+      </c>
+      <c r="D35" t="s">
+        <v>37</v>
+      </c>
+      <c r="E35" t="s">
+        <v>38</v>
+      </c>
+      <c r="F35">
+        <v>18</v>
+      </c>
+      <c r="G35">
+        <v>0</v>
+      </c>
+      <c r="H35">
+        <v>0</v>
+      </c>
+      <c r="I35" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="J35" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="K35" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="L35" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="M35" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="N35" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="O35" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="P35" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Q35" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="R35" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="S35" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="T35" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="U35" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="V35" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="W35" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="X35" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Y35" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Z35" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AA35" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AB35" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AC35" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AD35" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AE35" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AF35" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AG35" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AH35" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AI35" t="s" s="5">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36">
+        <v>35</v>
+      </c>
+      <c r="B36" t="s">
+        <v>65</v>
+      </c>
+      <c r="C36" t="inlineStr" s="4">
+        <is>
+          <t>ID - 1384,  Про розгляд заяви ЛЕВЧУНЕЦЬ Ірини Михайлівни щодо включення земельної ділянки по вул. Приміській в м.Славуті до переліку інвестиційно-привабливих земельних ділянок, право оренди на яку</t>
+        </is>
+      </c>
+      <c r="D36" t="s">
+        <v>37</v>
+      </c>
+      <c r="E36" t="s">
+        <v>38</v>
+      </c>
+      <c r="F36">
+        <v>16</v>
+      </c>
+      <c r="G36">
+        <v>0</v>
+      </c>
+      <c r="H36">
+        <v>1</v>
+      </c>
+      <c r="I36" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="J36" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="K36" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="L36" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="M36" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="N36" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="O36" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="P36" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Q36" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="R36" t="s" s="5">
+        <v>66</v>
+      </c>
+      <c r="S36" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="T36" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="U36" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="V36" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="W36" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="X36" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Y36" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Z36" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AA36" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AB36" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AC36" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AD36" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AE36" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AF36" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AG36" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AH36" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AI36" t="s" s="5">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37">
+        <v>36</v>
+      </c>
+      <c r="B37" t="s">
+        <v>67</v>
+      </c>
+      <c r="C37" t="inlineStr" s="4">
+        <is>
+          <t>ID - 1385,  Про розгляд заяви ЛІТВІНЧУК Ірини Василівни щодо включення земельної ділянки по вул. Петра Сагайдачного в м.Славуті до переліку інвестиційно-привабливих земельних ділянок, право оренди на</t>
+        </is>
+      </c>
+      <c r="D37" t="s">
+        <v>37</v>
+      </c>
+      <c r="E37" t="s">
+        <v>38</v>
+      </c>
+      <c r="F37">
+        <v>16</v>
+      </c>
+      <c r="G37">
+        <v>0</v>
+      </c>
+      <c r="H37">
+        <v>0</v>
+      </c>
+      <c r="I37" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="J37" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="K37" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="L37" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="M37" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="N37" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="O37" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="P37" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Q37" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="R37" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="S37" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="T37" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="U37" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="V37" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="W37" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="X37" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Y37" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Z37" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AA37" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AB37" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AC37" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AD37" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AE37" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AF37" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AG37" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AH37" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AI37" t="s" s="5">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38">
+        <v>37</v>
+      </c>
+      <c r="B38" t="s">
+        <v>68</v>
+      </c>
+      <c r="C38" t="inlineStr" s="4">
+        <is>
+          <t>ID - 1386,  Про надання дозволу Управлінню культури виконавчого комітету Славутської міської ради на виготовлення технічної документації із землеустрою щодо інвентаризації земельної ділянки з</t>
+        </is>
+      </c>
+      <c r="D38" t="s">
+        <v>37</v>
+      </c>
+      <c r="E38" t="s">
+        <v>38</v>
+      </c>
+      <c r="F38">
+        <v>17</v>
+      </c>
+      <c r="G38">
+        <v>0</v>
+      </c>
+      <c r="H38">
+        <v>0</v>
+      </c>
+      <c r="I38" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="J38" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="K38" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="L38" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="M38" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="N38" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="O38" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="P38" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Q38" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="R38" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="S38" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="T38" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="U38" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="V38" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="W38" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="X38" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Y38" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Z38" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AA38" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AB38" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AC38" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AD38" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AE38" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AF38" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AG38" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AH38" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AI38" t="s" s="5">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39">
+        <v>38</v>
+      </c>
+      <c r="B39" t="s">
+        <v>69</v>
+      </c>
+      <c r="C39" t="inlineStr" s="4">
+        <is>
+          <t>ID - 1387,  Про дострокове припинення повноважень депутата Славутської міської ради VIIІ скликання СЕМЕНЮК Оксани Сергіївни</t>
+        </is>
+      </c>
+      <c r="D39" t="s">
+        <v>37</v>
+      </c>
+      <c r="E39" t="s">
+        <v>38</v>
+      </c>
+      <c r="F39">
+        <v>18</v>
+      </c>
+      <c r="G39">
+        <v>0</v>
+      </c>
+      <c r="H39">
+        <v>0</v>
+      </c>
+      <c r="I39" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="J39" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="K39" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="L39" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="M39" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="N39" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="O39" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="P39" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Q39" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="R39" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="S39" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="T39" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="U39" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="V39" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="W39" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="X39" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Y39" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Z39" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AA39" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AB39" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AC39" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AD39" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AE39" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AF39" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AG39" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AH39" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AI39" t="s" s="5">
+        <v>39</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>