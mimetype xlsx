--- v0 (2026-02-04)
+++ v1 (2026-03-23)
@@ -9,326 +9,200 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="92" uniqueCount="92">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="50" uniqueCount="50">
   <si>
     <t>uid</t>
   </si>
   <si>
     <t>voteTimestamp</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>type</t>
   </si>
   <si>
     <t>result</t>
   </si>
   <si>
     <t>za</t>
   </si>
   <si>
     <t>prt</t>
   </si>
   <si>
     <t>utr</t>
   </si>
   <si>
-    <t>Sydor Vasyl Bohdanovych</t>
-[...83 lines deleted...]
-    <t>В цілому</t>
+    <t>Kovalets Liliya Oleksandrivna</t>
+  </si>
+  <si>
+    <t>Smahlyuk Lyudmyla Dmytrivna</t>
+  </si>
+  <si>
+    <t>Sineruk Viktor Stepanovych</t>
+  </si>
+  <si>
+    <t>Boyko Lyudmyla Andriyivna</t>
+  </si>
+  <si>
+    <t>Velychko Oleksandr Pavlovych</t>
+  </si>
+  <si>
+    <t>Skrypnyk Mykhaylo Viktorovych</t>
+  </si>
+  <si>
+    <t>Matlayeva Iryna Dmytrivna</t>
+  </si>
+  <si>
+    <t>Slobodyanyuk Halyna Volodymyrivna</t>
+  </si>
+  <si>
+    <t>Samolyuk Mykola Mykolayovych</t>
+  </si>
+  <si>
+    <t>Provozon Vasyl Mykolayovych</t>
+  </si>
+  <si>
+    <t>Poludennyy Dmytro Mykolayovych</t>
+  </si>
+  <si>
+    <t>Havryshchuk Oleh Leonidovych</t>
+  </si>
+  <si>
+    <t>Hryshchuk Oleksiy Oleksiyovych</t>
+  </si>
+  <si>
+    <t>Morozova Oksana Mykhaylivna</t>
+  </si>
+  <si>
+    <t>Lukyanchenko Mykhaylo Hryhorovych</t>
+  </si>
+  <si>
+    <t>Popova Olena Vasylivna</t>
+  </si>
+  <si>
+    <t>Tysyachnyy Ihor Ivanovych</t>
+  </si>
+  <si>
+    <t>Dyadyuk Mykola Todosovych</t>
+  </si>
+  <si>
+    <t>Khavkhun Alona Oleksiyivna</t>
+  </si>
+  <si>
+    <t>Tymchyk Serhiy Mykolayovych</t>
+  </si>
+  <si>
+    <t>Zahamula Viktor Omelyanovych</t>
+  </si>
+  <si>
+    <t>Kabanova Rayisa Yuriyivna</t>
+  </si>
+  <si>
+    <t>Marushchak Svitlana Mykolayivna</t>
+  </si>
+  <si>
+    <t>Smutko Volodymyr Oleksandrovych</t>
+  </si>
+  <si>
+    <t>Varanytsya Alla Pavlivna</t>
+  </si>
+  <si>
+    <t>Zubkova Antonina Petrivna</t>
+  </si>
+  <si>
+    <t>Stadnyk Viktor Mykolayovych</t>
+  </si>
+  <si>
+    <t>17.08.22  10:12:44</t>
+  </si>
+  <si>
+    <t>ID - 4647,  Про визнання повноважень депутата</t>
+  </si>
+  <si>
+    <t>За основу і в цілому</t>
   </si>
   <si>
     <t>ПРИЙНЯТО</t>
   </si>
   <si>
+    <t>Відсут.</t>
+  </si>
+  <si>
     <t>За</t>
   </si>
   <si>
-    <t>Відсут.</t>
-[...4 lines deleted...]
-  <si>
     <t>Не голос.</t>
   </si>
   <si>
-    <t>25.10.24  10:49:03</t>
-[...146 lines deleted...]
-    <t>25.10.24  13:04:21</t>
+    <t>17.08.22  10:17:34</t>
+  </si>
+  <si>
+    <t>17.08.22  10:20:49</t>
+  </si>
+  <si>
+    <t>17.08.22  10:21:30</t>
+  </si>
+  <si>
+    <t>17.08.22  10:22:01</t>
+  </si>
+  <si>
+    <t>17.08.22  10:22:33</t>
+  </si>
+  <si>
+    <t>17.08.22  10:23:24</t>
+  </si>
+  <si>
+    <t>ID - 4653,  Про внесення змін до рішень сесій Летичівської селищної ради</t>
+  </si>
+  <si>
+    <t>17.08.22  10:28:10</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
@@ -353,86 +227,86 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AI76"/>
+  <dimension ref="A1:AI9"/>
   <cols>
     <col min="1" max="1" width="5"/>
     <col min="2" max="2" width="17"/>
     <col min="3" max="3" width="50"/>
     <col min="4" max="4" width="20"/>
     <col min="5" max="5" width="23"/>
     <col min="6" max="6" width="8"/>
     <col min="7" max="7" width="15"/>
     <col min="8" max="8" width="15"/>
     <col min="9" max="9" width="15"/>
     <col min="10" max="10" width="15"/>
     <col min="11" max="11" width="15"/>
     <col min="12" max="12" width="15"/>
     <col min="13" max="13" width="15"/>
     <col min="14" max="14" width="15"/>
     <col min="15" max="15" width="15"/>
     <col min="16" max="16" width="15"/>
     <col min="17" max="17" width="15"/>
     <col min="18" max="18" width="15"/>
     <col min="19" max="19" width="15"/>
     <col min="20" max="20" width="15"/>
     <col min="21" max="21" width="15"/>
     <col min="22" max="22" width="15"/>
     <col min="23" max="23" width="15"/>
     <col min="24" max="24" width="15"/>
     <col min="25" max="25" width="15"/>
     <col min="26" max="26" width="15"/>
     <col min="27" max="27" width="15"/>
     <col min="28" max="28" width="15"/>
     <col min="29" max="29" width="15"/>
     <col min="30" max="30" width="15"/>
     <col min="31" max="31" width="15"/>
     <col min="32" max="32" width="15"/>
     <col min="33" max="33" width="15"/>
-    <col min="34" max="34" width="23"/>
+    <col min="34" max="34" width="26"/>
     <col min="35" max="35" width="28"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s" s="2">
         <v>0</v>
       </c>
       <c r="B1" t="s" s="2">
         <v>1</v>
       </c>
       <c r="C1" t="s" s="2">
         <v>2</v>
       </c>
       <c r="D1" t="s" s="2">
         <v>3</v>
       </c>
       <c r="E1" t="s" s="2">
         <v>4</v>
       </c>
       <c r="F1" t="s" s="2">
         <v>5</v>
       </c>
       <c r="G1" t="s" s="2">
         <v>6</v>
       </c>
@@ -506,8210 +380,905 @@
         <v>29</v>
       </c>
       <c r="AE1" t="s" s="3">
         <v>30</v>
       </c>
       <c r="AF1" t="s" s="3">
         <v>31</v>
       </c>
       <c r="AG1" t="s" s="3">
         <v>32</v>
       </c>
       <c r="AH1" t="s" s="3">
         <v>33</v>
       </c>
       <c r="AI1" t="s" s="3">
         <v>34</v>
       </c>
     </row>
     <row r="2">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>35</v>
       </c>
-      <c r="C2" t="inlineStr" s="4">
-[...2 lines deleted...]
-        </is>
+      <c r="C2" t="s" s="4">
+        <v>36</v>
       </c>
       <c r="D2" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="E2" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="F2">
         <v>19</v>
       </c>
       <c r="G2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H2">
         <v>0</v>
       </c>
       <c r="I2" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="J2" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="K2" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="L2" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="M2" t="s" s="5">
         <v>39</v>
       </c>
       <c r="N2" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="O2" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="P2" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Q2" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="R2" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="S2" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="T2" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U2" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="V2" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="W2" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="X2" t="s" s="5">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="Y2" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Z2" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AA2" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AB2" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AC2" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AD2" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AE2" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF2" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AG2" t="s" s="5">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="AH2" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AI2" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
     </row>
     <row r="3">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3" t="s">
         <v>42</v>
       </c>
       <c r="C3" t="inlineStr" s="4">
         <is>
-          <t>ID - 1706,  Про обрання голови постійної комісії з питань регулювання земельних відносин, комунального майна та адміністративно-територіального устрою</t>
+          <t>ID - 4648,  Про затвердження Статуту Летичівського центру творчості дітей та юнацтва Летичівської селищної ради у новій редакції та Статуту Летичівської дитячо -юнацької спортивної школи</t>
         </is>
       </c>
       <c r="D3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="E3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="F3">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="G3">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="H3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I3" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="J3" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="K3" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="L3" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="M3" t="s" s="5">
         <v>39</v>
       </c>
       <c r="N3" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="O3" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="P3" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="Q3" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="R3" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="S3" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="T3" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="U3" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="V3" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="W3" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="X3" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="Y3" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="Z3" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AA3" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AB3" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AC3" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AD3" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AE3" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AF3" t="s" s="5">
         <v>41</v>
       </c>
-      <c r="P3" t="s" s="5">
-[...49 lines deleted...]
-      </c>
       <c r="AG3" t="s" s="5">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="AH3" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AI3" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
     </row>
     <row r="4">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>45</v>
+        <v>43</v>
+      </c>
+      <c r="C4" t="inlineStr" s="4">
+        <is>
+          <t>ID - 4649,  Про внесення змін до рішення Летичівської селищної ради від 10.12.2020 р. №7 «Про  затвердження структури виконавчих органів ради,  загальної чисельності апарату ради та їх виконавчих органів»</t>
+        </is>
       </c>
       <c r="D4" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="E4" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="F4">
         <v>20</v>
       </c>
       <c r="G4">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H4">
         <v>0</v>
       </c>
       <c r="I4" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="J4" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="K4" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="L4" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="M4" t="s" s="5">
         <v>39</v>
       </c>
       <c r="N4" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="O4" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="P4" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Q4" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="R4" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="S4" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="T4" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U4" t="s" s="5">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="V4" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="W4" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="X4" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Y4" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Z4" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AA4" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AB4" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AC4" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AD4" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AE4" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AF4" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AG4" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AH4" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AI4" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
     </row>
     <row r="5">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="C5" t="inlineStr" s="4">
         <is>
-          <t>ID - 1708,  Про затвердження Програми розвитку первинної медико-санітарної допомоги на 2025-2027 роки для жителів Славутської міської територіальної громади</t>
+          <t>ID - 4650,  Про затвердження ТОВ «Агрофірма-Обрій» технічної документації із землеустрою щодо встановлення (відновлення) меж земельної ділянки в натурі (на місцевості) та передачу в короткострокову</t>
         </is>
       </c>
       <c r="D5" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="E5" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="F5">
         <v>21</v>
       </c>
       <c r="G5">
         <v>0</v>
       </c>
       <c r="H5">
         <v>0</v>
       </c>
       <c r="I5" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="J5" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="K5" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="L5" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="M5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="N5" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="O5" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="P5" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Q5" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="R5" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="S5" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="T5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U5" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="V5" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="W5" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="X5" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Y5" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Z5" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AA5" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AB5" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AC5" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AD5" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AE5" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AF5" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AG5" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AH5" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AI5" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
     </row>
     <row r="6">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="C6" t="inlineStr" s="4">
         <is>
-          <t>ID - 1709,  Про перейменування Комунальної установи «Славутський територіальний центр соціального обслуговування» (надання соціальних послуг) та затвердження Положення про Комунальний заклад</t>
+          <t>ID - 4651,  Про затвердження проекту землеустрою щодо відведення земельної ділянки та надання земельних ділянок в оренду Акціонерному товариству «Хмельницькобленерго»</t>
         </is>
       </c>
       <c r="D6" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="E6" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="F6">
         <v>21</v>
       </c>
       <c r="G6">
         <v>0</v>
       </c>
       <c r="H6">
         <v>0</v>
       </c>
       <c r="I6" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="J6" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="K6" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="L6" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="M6" t="s" s="5">
         <v>39</v>
       </c>
       <c r="N6" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="O6" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="P6" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Q6" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="R6" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="S6" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="T6" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U6" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="V6" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="W6" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="X6" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Y6" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Z6" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AA6" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AB6" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AC6" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AD6" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AE6" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AF6" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AG6" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AH6" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AI6" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
     </row>
     <row r="7">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="C7" t="inlineStr" s="4">
         <is>
-          <t>ID - 1711,  Про внесення змін до Програми заходів національного спротиву Славутської міської територіальної громади на 2023 – 2024 роки, затвердженої рішенням Славутської міської ради від 24.03.2023 року</t>
+          <t>ID - 4652,  Про надання дозволу на розробку проекту землеустрою щодо відведення земельної ділянки АТ «Хмельницькобленерго»</t>
         </is>
       </c>
       <c r="D7" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="E7" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="F7">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G7">
         <v>0</v>
       </c>
       <c r="H7">
         <v>0</v>
       </c>
       <c r="I7" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="J7" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="K7" t="s" s="5">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="L7" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="M7" t="s" s="5">
         <v>39</v>
       </c>
       <c r="N7" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="O7" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="P7" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Q7" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="R7" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="S7" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="T7" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U7" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="V7" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="W7" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="X7" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Y7" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Z7" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AA7" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AB7" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AC7" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AD7" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AE7" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AF7" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AG7" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AH7" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AI7" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
     </row>
     <row r="8">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
-        <v>49</v>
-[...4 lines deleted...]
-        </is>
+        <v>47</v>
+      </c>
+      <c r="C8" t="s" s="4">
+        <v>48</v>
       </c>
       <c r="D8" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="E8" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="F8">
         <v>21</v>
       </c>
       <c r="G8">
         <v>0</v>
       </c>
       <c r="H8">
         <v>0</v>
       </c>
       <c r="I8" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="J8" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="K8" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="L8" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="M8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="N8" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="O8" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="P8" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Q8" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="R8" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="S8" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="T8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U8" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="V8" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="W8" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="X8" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Y8" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Z8" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AA8" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AB8" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AC8" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AD8" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AE8" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AF8" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AG8" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AH8" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AI8" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
     </row>
     <row r="9">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="C9" t="inlineStr" s="4">
         <is>
-          <t>ID - 1713,  Про внесення змін до цільової Програми «Забезпечення можливого проведення мобілізації людських і транспортних ресурсів на території Славутської МТГ, перевезення військовозобов’язаних,</t>
+          <t>ID - 4654,  Про внесення змін до Статуту Летичівської публічної бібліотеки Летичівської селищної ради</t>
         </is>
       </c>
       <c r="D9" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="E9" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="F9">
         <v>21</v>
       </c>
       <c r="G9">
         <v>0</v>
       </c>
       <c r="H9">
         <v>0</v>
       </c>
       <c r="I9" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="J9" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="K9" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="L9" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="M9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="N9" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="O9" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="P9" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Q9" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="R9" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="S9" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="T9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U9" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="V9" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="W9" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="X9" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Y9" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Z9" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AA9" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AB9" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AC9" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AD9" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AE9" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AF9" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AG9" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AH9" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AI9" t="s" s="5">
-        <v>38</v>
-[...7302 lines deleted...]
-        <v>41</v>
+        <v>40</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>